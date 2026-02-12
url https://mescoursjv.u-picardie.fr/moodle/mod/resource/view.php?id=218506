--- v0 (2025-12-25)
+++ v1 (2026-02-12)
@@ -1,680 +1,691 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\changeur\Dropbox\Mes Documents\Cours\Markstrat\Amiens\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4180190E-BE31-4B5E-9BF8-C0BE4C4D3F83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7EF0A20A-C9E1-44EB-BD9E-A2FD75CD7D55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{3FC0DDF1-DAEA-4B44-84F0-43641298DF27}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{0FC9F734-EC69-4B7C-898D-BB2264287968}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191029" iterateDelta="1E-4"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{F69214F0-E14E-4EB1-94F9-817A0A4303F3}" name="rwservlet" type="4" refreshedVersion="0" background="1">
+  <connection id="1" xr16:uid="{B8388837-A674-42F7-A4D3-E13712F289F5}" name="rwservlet" type="4" refreshedVersion="0" background="1">
     <webPr xml="1" sourceData="1" url="C:\Users\bd-gec\Desktop\A transferer\rwservlet.xml" htmlTables="1" htmlFormat="all"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="161">
+  <si>
+    <t>COD_ETUDIANT</t>
+  </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>PRENOM</t>
   </si>
   <si>
-    <t>NUM_TEL_PORT</t>
+    <t>MAIL</t>
+  </si>
+  <si>
+    <t>EMAIL_UPJV</t>
+  </si>
+  <si>
+    <t>PIGNY</t>
+  </si>
+  <si>
+    <t>DA SILVA</t>
+  </si>
+  <si>
+    <t>LELEU</t>
+  </si>
+  <si>
+    <t>MACAR</t>
+  </si>
+  <si>
+    <t>BOUMAZA</t>
+  </si>
+  <si>
+    <t>EGO</t>
+  </si>
+  <si>
+    <t>SENE</t>
+  </si>
+  <si>
+    <t>RAYMOND</t>
+  </si>
+  <si>
+    <t>RIGOLLE</t>
+  </si>
+  <si>
+    <t>GUILBART</t>
+  </si>
+  <si>
+    <t>NANTOIS</t>
+  </si>
+  <si>
+    <t>AVRIL</t>
+  </si>
+  <si>
+    <t>GAUTIER</t>
+  </si>
+  <si>
+    <t>RAJA MOHAMMAD</t>
+  </si>
+  <si>
+    <t>FORATIER</t>
+  </si>
+  <si>
+    <t>PREVOST</t>
+  </si>
+  <si>
+    <t>TRONQUOY</t>
   </si>
   <si>
     <t>LEGRAND</t>
   </si>
   <si>
-    <t>DURMUS</t>
-[...65 lines deleted...]
-    <t>CLAIRE AYBUKE</t>
+    <t>DENOYELLE</t>
+  </si>
+  <si>
+    <t>SAUTRON</t>
+  </si>
+  <si>
+    <t>LETIERCE</t>
+  </si>
+  <si>
+    <t>LECLERCQ</t>
+  </si>
+  <si>
+    <t>NGOMBET</t>
+  </si>
+  <si>
+    <t>VOLAHANTA</t>
+  </si>
+  <si>
+    <t>RAHMOU</t>
+  </si>
+  <si>
+    <t>SOUBEROU</t>
+  </si>
+  <si>
+    <t>GEDEON</t>
+  </si>
+  <si>
+    <t>DIOP</t>
+  </si>
+  <si>
+    <t>KUAME</t>
+  </si>
+  <si>
+    <t>OCEANE</t>
+  </si>
+  <si>
+    <t>ROSE</t>
+  </si>
+  <si>
+    <t>MARIE</t>
+  </si>
+  <si>
+    <t>CEREN</t>
+  </si>
+  <si>
+    <t>MELIS</t>
+  </si>
+  <si>
+    <t>ALICIA</t>
+  </si>
+  <si>
+    <t>LILI-ROSE</t>
+  </si>
+  <si>
+    <t>EDGAR</t>
+  </si>
+  <si>
+    <t>LORIANNE</t>
   </si>
   <si>
     <t>HUGO</t>
   </si>
   <si>
-    <t>MATHIS</t>
-[...14 lines deleted...]
-    <t>EVA</t>
+    <t>REMY</t>
+  </si>
+  <si>
+    <t>CONSTANCE</t>
+  </si>
+  <si>
+    <t>NOEMIE</t>
+  </si>
+  <si>
+    <t>ALI</t>
   </si>
   <si>
     <t>CHLOE</t>
   </si>
   <si>
+    <t>LILIAN</t>
+  </si>
+  <si>
+    <t>EMILIE</t>
+  </si>
+  <si>
+    <t>JEREMY</t>
+  </si>
+  <si>
+    <t>JEAN</t>
+  </si>
+  <si>
+    <t>THOMAS</t>
+  </si>
+  <si>
     <t>CAMILLE</t>
   </si>
   <si>
-    <t>SELIM</t>
-[...158 lines deleted...]
-    <t>bercylaure@gmail.com</t>
+    <t>PLACIDE</t>
+  </si>
+  <si>
+    <t>BRITNEY</t>
+  </si>
+  <si>
+    <t>MAJDA</t>
+  </si>
+  <si>
+    <t>FATIM</t>
+  </si>
+  <si>
+    <t>LUVENS</t>
+  </si>
+  <si>
+    <t>NATHALIE</t>
+  </si>
+  <si>
+    <t>LOURENCA MANUEL</t>
+  </si>
+  <si>
+    <t>oce.pigny@gmail.com</t>
+  </si>
+  <si>
+    <t>rose.dasilva.02@icloud.com</t>
+  </si>
+  <si>
+    <t>marieleleu@orange.fr</t>
+  </si>
+  <si>
+    <t>cerenmcrrr@gmail.com</t>
+  </si>
+  <si>
+    <t>melisboumaza@gmail.com</t>
+  </si>
+  <si>
+    <t>ego.alicia80000@gmail.com</t>
+  </si>
+  <si>
+    <t>sn.lilirose@gmail.com</t>
+  </si>
+  <si>
+    <t>edraym@icloud.com</t>
+  </si>
+  <si>
+    <t>loriannerigolle@gmail.com</t>
+  </si>
+  <si>
+    <t>hugo.guilbart@gmail.com</t>
+  </si>
+  <si>
+    <t>nantois.remy@orange.fr</t>
+  </si>
+  <si>
+    <t>constance.avril1904@gmail.com</t>
+  </si>
+  <si>
+    <t>noemie.gautier@domecco.com</t>
+  </si>
+  <si>
+    <t>alihassan.ahrm@gmail.com</t>
+  </si>
+  <si>
+    <t>chloe.foratier@gmail.com</t>
+  </si>
+  <si>
+    <t>lilianprevost04@gmail.com</t>
+  </si>
+  <si>
+    <t>tronquoyemilie02@gmail.com</t>
+  </si>
+  <si>
+    <t>legrand.maarie11@gmail.com</t>
+  </si>
+  <si>
+    <t>jeremy.denoyelle07@gmail.com</t>
+  </si>
+  <si>
+    <t>sjeanespere@gmail.com</t>
+  </si>
+  <si>
+    <t>thomas.letierce.2004@gmail.com</t>
+  </si>
+  <si>
+    <t>camilleleclercq60@icloud.com</t>
+  </si>
+  <si>
+    <t>placidengombet@icloud.com</t>
+  </si>
+  <si>
+    <t>britney.volahanta06@gmail.com</t>
+  </si>
+  <si>
+    <t>rahmou1majda@gmail.com</t>
+  </si>
+  <si>
+    <t>fatimsoub14@gmail.com</t>
+  </si>
+  <si>
+    <t>gedeonluvens@gmail.com</t>
+  </si>
+  <si>
+    <t>nathaliepoid@gmail.com</t>
+  </si>
+  <si>
+    <t>suzana.lourenco98@gmail.com</t>
+  </si>
+  <si>
+    <t>oceane.pigny@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>rose.da.silva@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>marie.leleu1@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>ceren.macar@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>melis.boumaza@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>alicia.ego@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>lili-rose.sene@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>edgar.raymond@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>lorianne.rigolle@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>hugo.guilbart@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>remy.nantois@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>constance.avril@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>noemie.gautier@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>ali.raja.mohammad@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>chloe.foratier@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>lilian.prevost@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>emilie.tronquoy@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>marie.legrand3@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>jeremy.denoyelle@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>jean.sautron@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>thomas.letierce@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>camille.leclercq1@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>p.ngombet@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>britney.volahanta@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>majda.rahmou@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>fatim.souberou@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>luvens.gedeon@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>nathalie.diop@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>lourenca.manuel.suza.kuame@etud.u-picardie.fr</t>
+  </si>
+  <si>
+    <t>Colonne1</t>
+  </si>
+  <si>
+    <t>Formation Initiale</t>
+  </si>
+  <si>
+    <t>Contrat d'Apprentissage</t>
+  </si>
+  <si>
+    <t>BENAMARA</t>
+  </si>
+  <si>
+    <t>NAILA</t>
+  </si>
+  <si>
+    <t>nailabenamara03@gmail.com</t>
+  </si>
+  <si>
+    <t>naila.benamara@etud.u-picardie.fr</t>
   </si>
   <si>
     <t>Formation initiale</t>
   </si>
   <si>
-    <t>trharzouz@gmail.com</t>
-[...106 lines deleted...]
-  <si>
     <t>PAK</t>
   </si>
   <si>
-    <t>ODW-KHDER</t>
-[...68 lines deleted...]
-    <t>PDW-6UTQ3</t>
+    <t>QDW-QXSBJ</t>
+  </si>
+  <si>
+    <t>QDW-W3GWJ</t>
+  </si>
+  <si>
+    <t>QDW-565JJ</t>
+  </si>
+  <si>
+    <t>QDW-UJHDX</t>
+  </si>
+  <si>
+    <t>QDW-3M7YX</t>
+  </si>
+  <si>
+    <t>QDW-LE227</t>
+  </si>
+  <si>
+    <t>QDW-SHPM7</t>
+  </si>
+  <si>
+    <t>QDW-YLC97</t>
+  </si>
+  <si>
+    <t>QDW-PYQ4M</t>
+  </si>
+  <si>
+    <t>QDW-QHVVE</t>
+  </si>
+  <si>
+    <t>QDW-FV9QT</t>
+  </si>
+  <si>
+    <t>QDW-MYWCT</t>
+  </si>
+  <si>
+    <t>QDW-8RRD3</t>
+  </si>
+  <si>
+    <t>QDW-EUFY3</t>
+  </si>
+  <si>
+    <t>QDW-LX5L3</t>
+  </si>
+  <si>
+    <t>QDW-BCGFH</t>
+  </si>
+  <si>
+    <t>QDW-HF63H</t>
+  </si>
+  <si>
+    <t>QDW-39Y4Q</t>
+  </si>
+  <si>
+    <t>QDW-9CNPP</t>
+  </si>
+  <si>
+    <t>QDW-FFCBP</t>
+  </si>
+  <si>
+    <t>QDW-MJYWP</t>
+  </si>
+  <si>
+    <t>QDW-DWDR6</t>
+  </si>
+  <si>
+    <t>QDW-K22D6</t>
+  </si>
+  <si>
+    <t>QDW-R5PY6</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>T</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>Equipe</t>
+  </si>
+  <si>
+    <t>Mots de passe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...17 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="3">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4" tint="0.39997558519241921"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="1">
+  <dxfs count="2">
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/xmlMaps.xml><?xml version="1.0" encoding="utf-8"?>
 <MapInfo xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" SelectionNamespaces="">
   <Schema ID="Schema1">
     <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="">
       <xsd:element nillable="true" name="EXT_NFO">
         <xsd:complexType>
           <xsd:sequence minOccurs="0">
             <xsd:element minOccurs="0" nillable="true" name="LIST_G_ETAPE1" form="unqualified">
               <xsd:complexType>
                 <xsd:sequence minOccurs="0">
                   <xsd:element minOccurs="0" maxOccurs="unbounded" nillable="true" name="G_ETAPE1" form="unqualified">
@@ -713,69 +724,74 @@
                         <xsd:element minOccurs="0" nillable="true" type="xsd:string" name="NUM_SS" form="unqualified"/>
                         <xsd:element minOccurs="0" nillable="true" type="xsd:string" name="EMAIL_UPJV" form="unqualified"/>
                         <xsd:element minOccurs="0" nillable="true" type="xsd:string" name="LOGIN_UPJV" form="unqualified"/>
                       </xsd:sequence>
                     </xsd:complexType>
                   </xsd:element>
                 </xsd:sequence>
               </xsd:complexType>
             </xsd:element>
           </xsd:sequence>
         </xsd:complexType>
       </xsd:element>
     </xsd:schema>
   </Schema>
   <Map ID="1" Name="EXT_NFO_Mappage" RootElement="EXT_NFO" SchemaID="Schema1" ShowImportExportValidationErrors="false" AutoFit="true" Append="false" PreserveSortAFLayout="true" PreserveFormat="true">
     <DataBinding FileBinding="true" ConnectionID="1" DataBindingLoadMode="1"/>
   </Map>
 </MapInfo>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/xmlMaps" Target="xmlMaps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{85C8844F-1CDC-4D5A-8E7C-BE58B228D351}" name="Tableau1" displayName="Tableau1" ref="A1:E31" tableType="xml" totalsRowShown="0" connectionId="1">
-[...2 lines deleted...]
-    <sortCondition ref="D1:D31"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{795EC6E9-3157-40F4-8A0A-85EE0C1E7F0B}" name="Tableau1" displayName="Tableau1" ref="A1:H31" tableType="xml" totalsRowShown="0" connectionId="1">
+  <autoFilter ref="A1:H31" xr:uid="{795EC6E9-3157-40F4-8A0A-85EE0C1E7F0B}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G31">
+    <sortCondition ref="G1:G31"/>
   </sortState>
-  <tableColumns count="5">
-    <tableColumn id="5" xr3:uid="{5F79DABE-3E05-4970-B677-14536634A991}" uniqueName="NOM" name="NOM">
+  <tableColumns count="8">
+    <tableColumn id="3" xr3:uid="{C4463780-4822-4E0D-BE58-A643DC2315A9}" uniqueName="COD_ETUDIANT" name="COD_ETUDIANT">
+      <xmlColumnPr mapId="1" xpath="/EXT_NFO/LIST_G_ETAPE1/G_ETAPE1/COD_ETUDIANT" xmlDataType="integer"/>
+    </tableColumn>
+    <tableColumn id="5" xr3:uid="{DAD4286A-6BB3-49CE-953D-A520DA924ED8}" uniqueName="NOM" name="NOM">
       <xmlColumnPr mapId="1" xpath="/EXT_NFO/LIST_G_ETAPE1/G_ETAPE1/NOM" xmlDataType="string"/>
     </tableColumn>
-    <tableColumn id="6" xr3:uid="{2189D370-DDC2-4EF0-B7F6-33D33F5AA99C}" uniqueName="PRENOM" name="PRENOM">
+    <tableColumn id="6" xr3:uid="{4C4213B3-43B7-4BE8-8A02-510D8C3F7686}" uniqueName="PRENOM" name="PRENOM">
       <xmlColumnPr mapId="1" xpath="/EXT_NFO/LIST_G_ETAPE1/G_ETAPE1/PRENOM" xmlDataType="string"/>
     </tableColumn>
-    <tableColumn id="25" xr3:uid="{91622C17-F018-4E93-A547-C1D77B2A82C8}" uniqueName="NUM_TEL_PORT" name="NUM_TEL_PORT">
-[...3 lines deleted...]
-    <tableColumn id="26" xr3:uid="{8C7493EA-88CF-4BA3-B025-3A0C17B67D48}" uniqueName="MAIL" name="MAIL PERSONNEL">
+    <tableColumn id="1" xr3:uid="{84225E37-1A6F-4DB5-83D8-163655245296}" uniqueName="1" name="Colonne1" dataDxfId="1"/>
+    <tableColumn id="26" xr3:uid="{2B4C6415-4859-4C9D-9A51-2241886F8134}" uniqueName="MAIL" name="MAIL">
       <xmlColumnPr mapId="1" xpath="/EXT_NFO/LIST_G_ETAPE1/G_ETAPE1/MAIL" xmlDataType="string"/>
     </tableColumn>
+    <tableColumn id="32" xr3:uid="{E7978CFC-887B-4668-AC76-32872460AC0F}" uniqueName="EMAIL_UPJV" name="EMAIL_UPJV">
+      <xmlColumnPr mapId="1" xpath="/EXT_NFO/LIST_G_ETAPE1/G_ETAPE1/EMAIL_UPJV" xmlDataType="string"/>
+    </tableColumn>
+    <tableColumn id="2" xr3:uid="{CFA02F25-D40C-4D12-96D0-D33DECB63E31}" uniqueName="2" name="Equipe" dataDxfId="0"/>
+    <tableColumn id="4" xr3:uid="{551A9AC2-90AE-450C-B2DE-76935425960D}" uniqueName="4" name="PAK"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1033,801 +1049,928 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clara.cvln14@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zagbodanielle@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bercylaure@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:imennfilali@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nabouzammour@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jimmy.clichet2@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trharzouz@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L31"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:K31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H2" sqref="H2"/>
+      <selection activeCell="L14" sqref="L14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.85546875" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="13" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="17.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18.7109375" customWidth="1"/>
+    <col min="5" max="5" width="31" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="45.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.42578125" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="H1" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A2">
+        <v>22206667</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G2" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="H2" t="s">
+        <v>129</v>
+      </c>
+      <c r="J2" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="K2" s="10"/>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A3">
+        <v>22106461</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G3" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="H3" t="s">
+        <v>130</v>
+      </c>
+      <c r="J3" s="10"/>
+      <c r="K3" s="10"/>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4">
+        <v>22513254</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="H4" t="s">
+        <v>131</v>
+      </c>
+      <c r="J4" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="K4" s="10">
+        <v>8527</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5">
+        <v>22206527</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="H5" t="s">
+        <v>149</v>
+      </c>
+      <c r="J5" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K5" s="10">
+        <v>6328</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6">
+        <v>22207509</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="J6" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="K6" s="10">
+        <v>2834</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7">
+        <v>22015524</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H7" t="s">
+        <v>132</v>
+      </c>
+      <c r="J7" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="K7" s="10">
+        <v>8771</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8">
+        <v>22514868</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H8" t="s">
+        <v>133</v>
+      </c>
+      <c r="J8" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="K8" s="10">
+        <v>8251</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9">
+        <v>22210689</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H9" t="s">
+        <v>134</v>
+      </c>
+      <c r="J9" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="K9" s="10">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10">
+        <v>22209299</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H10" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="3">
+        <v>22313275</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F11" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G11" s="8" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12">
+        <v>22205957</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H12" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13">
+        <v>22516034</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H13" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14">
+        <v>22209151</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F14" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H14" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>22510634</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H15" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16">
+        <v>22315672</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="G16" s="8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17">
+        <v>22313430</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G17" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="H17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18">
+        <v>22404160</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="H18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19">
+        <v>22108971</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="G19" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="H19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20">
+        <v>22016052</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G20" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="H20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21">
+        <v>22207791</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E21" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="G1" s="11" t="s">
+      <c r="F21" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="G21" s="8" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22">
+        <v>22203177</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G22" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="H22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23">
+        <v>22204735</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G23" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="H23" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24">
+        <v>22107326</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>127</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F2" s="5" t="s">
+      <c r="E24" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G24" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="H24" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25">
+        <v>22409381</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="G25" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="H25" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26">
+        <v>22306696</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G26" s="8" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27">
+        <v>22019405</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="G27" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="H27" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28">
+        <v>22105975</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="G28" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="H28" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29">
+        <v>22205224</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="G29" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="H29" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30">
+        <v>22209920</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E30" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="G2" s="12" t="s">
-[...251 lines deleted...]
-      <c r="A14" s="6" t="s">
+      <c r="F30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G30" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="H30" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31">
+        <v>22212355</v>
+      </c>
+      <c r="B31" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...181 lines deleted...]
-      <c r="B22" s="6" t="s">
+      <c r="C31" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C22" s="9" t="s">
-[...28 lines deleted...]
-      <c r="E23" s="6" t="s">
+      <c r="D31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E31" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="F23" s="5" t="s">
-[...174 lines deleted...]
-      <c r="E31" s="4" t="s">
+      <c r="F31" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="F31" s="2" t="s">
-        <v>84</v>
+      <c r="G31" s="8" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
-  <hyperlinks>
-[...7 lines deleted...]
-  </hyperlinks>
+  <dataValidations count="1">
+    <dataValidation showInputMessage="1" showErrorMessage="1" promptTitle="Participant Activation Keys" prompt="Enter your Participant Activation Keys (PAK) in this column. _x000a_In most cases, this column is pre-filled. _x000a_Otherwise, copy/paste the PAKs received in an email sent by your account manager." sqref="H2:H4 H7:H9 H12:H14 H17:H19 H22:H24 H27:H30 H25" xr:uid="{B8521ACB-C4DB-435A-A5E7-ACC313A911B8}"/>
+  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId8"/>
+  <pageSetup paperSize="9" scale="63" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId9"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Barbara Domange</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>